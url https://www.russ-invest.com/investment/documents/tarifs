--- v0 (2025-12-10)
+++ v1 (2026-01-30)
@@ -3062,57 +3062,57 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4756" w:type="pct"/>
         <w:tblCellSpacing w:w="7" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="30" w:type="dxa"/>
           <w:left w:w="30" w:type="dxa"/>
           <w:bottom w:w="30" w:type="dxa"/>
           <w:right w:w="30" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5652"/>
         <w:gridCol w:w="3636"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005668D1" w:rsidRPr="00B26583" w:rsidTr="000F203E">
+      <w:tr w:rsidR="005668D1" w:rsidRPr="00B26583" w:rsidTr="00362C88">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3032" w:type="pct"/>
+            <w:tcW w:w="3031" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="005668D1" w:rsidRPr="00B26583" w:rsidRDefault="00953F45" w:rsidP="007B0440">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B26583">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Наименование операции</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3123,147 +3123,189 @@
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="005668D1" w:rsidRPr="00B26583" w:rsidRDefault="00953F45" w:rsidP="007B0440">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B26583">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Размер вознаграждения. НДС не облагается в соответствии со Ст.149 НК РФ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005668D1" w:rsidRPr="00B26583" w:rsidTr="000F203E">
+      <w:tr w:rsidR="005668D1" w:rsidRPr="00B26583" w:rsidTr="00362C88">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3032" w:type="pct"/>
+            <w:tcW w:w="3031" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="005668D1" w:rsidRPr="00B26583" w:rsidRDefault="005668D1" w:rsidP="007B0440">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B26583">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Поддержание Брокером срочной позиции Клиента в связи с  возникновением задолженности Клиента по гарантийному обеспечению на срочном рынке.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1946" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006D4A61" w:rsidRPr="00B26583" w:rsidRDefault="00DA6DC7" w:rsidP="00CB52F6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA6DC7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Ключевая ставка +</w:t>
+              <w:t>Ключевая ставка</w:t>
+            </w:r>
+            <w:r w:rsidR="00362C88">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> БР*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA6DC7">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> +</w:t>
             </w:r>
             <w:r w:rsidR="00A835F1">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA6DC7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7% годовых</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005668D1" w:rsidRPr="00B26583">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>от суммы задолженности по итогам вечерней клиринговой сессии</w:t>
             </w:r>
             <w:r w:rsidR="000C3F00" w:rsidRPr="00B26583">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00761519" w:rsidRPr="00B26583" w:rsidRDefault="00761519" w:rsidP="00A56EB0">
+    <w:p w:rsidR="00761519" w:rsidRDefault="00362C88" w:rsidP="00362C88">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00362C88">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* Ключевая ставка Банка России (ключевая ставка БР) раскрывается на сайте </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="000C635B">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>https://www.cbr.ru/hd_base/KeyRate/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00362C88" w:rsidRPr="00362C88" w:rsidRDefault="00362C88" w:rsidP="00362C88">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A56EB0" w:rsidRPr="00B26583" w:rsidRDefault="00A56EB0" w:rsidP="000F203E">
       <w:pPr>
         <w:ind w:right="424"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B26583">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Клиент – физическое лицо может изменить тарифный план не чаще, чем один раз в календарный месяц путем направления Брокеру не позднее трех рабочих дней до окончания текущего месяца Заявления об изменении условий </w:t>
@@ -4732,51 +4774,67 @@
               <w:t xml:space="preserve"> позиции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3346" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00264DD1" w:rsidRPr="00B26583" w:rsidRDefault="000621F5" w:rsidP="00DC075B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A835F1">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>КС +7 %</w:t>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidR="00362C88">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>лючевая ставка БР*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A835F1">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> +7 %</w:t>
             </w:r>
             <w:r w:rsidRPr="000621F5">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> годовых</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00264DD1" w:rsidRPr="00B26583" w:rsidRDefault="00264DD1" w:rsidP="00DC075B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B26583">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>от величины первой части сделки СВОП</w:t>
             </w:r>
           </w:p>
@@ -5392,60 +5450,86 @@
             <w:r w:rsidR="003101EA">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="003101EA" w:rsidRPr="00B26583">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00B26583">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00087B65" w:rsidRPr="00B26583" w:rsidRDefault="00087B65" w:rsidP="00D33EC4">
+    <w:p w:rsidR="00362C88" w:rsidRPr="00B73424" w:rsidRDefault="00362C88" w:rsidP="00362C88">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B73424">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* Ключевая ставка Банка России (ключевая ставка БР) раскрывается на сайте </w:t>
+      </w:r>
+      <w:r w:rsidR="00865163" w:rsidRPr="00B73424">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="00865163" w:rsidRPr="00B73424">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:bCs/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>https://www.cbr.ru/hd_base/KeyRate/</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00BD3BE0" w:rsidRPr="00B26583" w:rsidRDefault="00BD3BE0" w:rsidP="00D33EC4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006423AB" w:rsidRPr="00B26583" w:rsidRDefault="006423AB" w:rsidP="00D33EC4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B26583">
         <w:rPr>
           <w:b/>
@@ -5655,72 +5739,88 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B26583">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Комиссия Брокера за совершение Специальных сделок РЕПО/РПС при переносе обязательств по оплате ценных бумаг, в % годовых от суммы сделки продажи по первой части </w:t>
             </w:r>
             <w:r w:rsidRPr="00B26583">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B26583">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Специальной сделки РЕПО/РПС с учетом количества календарных дней переноса</w:t>
             </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3239" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00A835F1" w:rsidRPr="00A835F1" w:rsidRDefault="00A835F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000621F5">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Ключевая ставка +7% годовых</w:t>
+              <w:t>Ключевая ставка</w:t>
+            </w:r>
+            <w:r w:rsidR="00362C88">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> БР*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000621F5">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> +7% годовых</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A835F1" w:rsidRPr="00B26583" w:rsidTr="007349AB">
         <w:trPr>
           <w:cantSplit/>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5925" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00A835F1" w:rsidRPr="00B26583" w:rsidRDefault="00A835F1" w:rsidP="0005169B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B26583">
               <w:rPr>
                 <w:sz w:val="16"/>
@@ -5744,62 +5844,89 @@
               <w:t>в % годовых от суммы  сделки покупки по первой части Специальной сделки РЕПО/РПС с учетом количества календарных дней переноса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3239" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00A835F1" w:rsidRPr="00A835F1" w:rsidRDefault="00A835F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000621F5">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ключевая ставка</w:t>
             </w:r>
+            <w:r w:rsidR="00362C88">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> БР*</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006423AB" w:rsidRPr="00B26583" w:rsidRDefault="006423AB" w:rsidP="00A56EB0">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00362C88" w:rsidRPr="00B73424" w:rsidRDefault="00362C88" w:rsidP="00362C88">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B73424">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* Ключевая ставка Банка России (ключевая ставка БР) раскрывается на сайте </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00B73424">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:bCs/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>https://www.cbr.ru/hd_base/KeyRate/</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00D263B7" w:rsidRPr="00B26583" w:rsidRDefault="00D263B7" w:rsidP="002651C0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002651C0" w:rsidRPr="00B26583" w:rsidRDefault="002651C0" w:rsidP="002651C0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B26583">
         <w:rPr>
           <w:b/>
@@ -6890,51 +7017,51 @@
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>за открытие и ведение клиентского раздела. С тарифами можн</w:t>
       </w:r>
       <w:r w:rsidR="0094643A" w:rsidRPr="00B26583">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">о ознакомиться на сайте </w:t>
       </w:r>
       <w:r w:rsidR="008A5428" w:rsidRPr="00B26583">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>ТС</w:t>
       </w:r>
       <w:r w:rsidR="0094643A" w:rsidRPr="00B26583">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="008A5428" w:rsidRPr="00B26583">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>http</w:t>
         </w:r>
         <w:r w:rsidR="008A5428" w:rsidRPr="00B26583">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>s</w:t>
         </w:r>
         <w:r w:rsidR="008A5428" w:rsidRPr="00B26583">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>://moex.com/</w:t>
         </w:r>
@@ -7209,52 +7336,52 @@
             </w:r>
           </w:p>
           <w:p w:rsidR="005543C8" w:rsidRPr="00B26583" w:rsidRDefault="005543C8" w:rsidP="00EC5C3E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EC5C3E" w:rsidRPr="00B26583" w:rsidRDefault="00EC5C3E" w:rsidP="00EC5C3E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B26583">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>С тарифами депозитария ПАО «ИК РУСС-ИНВЕСТ» можно ознакомиться на сайте:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006B2DE7" w:rsidRPr="00B26583" w:rsidRDefault="00B306AF" w:rsidP="007B0440">
-            <w:hyperlink r:id="rId10" w:history="1">
+          <w:p w:rsidR="006B2DE7" w:rsidRPr="00B26583" w:rsidRDefault="00B73424" w:rsidP="007B0440">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidR="00EC5C3E" w:rsidRPr="00B26583">
                 <w:rPr>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>https://www.russ-invest.com/investment/depositarium/tariffs/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B0440" w:rsidRPr="00B26583" w:rsidTr="00A835F1">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="55" w:type="dxa"/>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -7356,82 +7483,64 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="007B0440" w:rsidRPr="00B26583" w:rsidRDefault="007B0440" w:rsidP="007B0440">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B26583">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Подключение </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B26583">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>iQUIK</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00B26583">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, QUIK Android </w:t>
             </w:r>
             <w:r w:rsidR="009F3122">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(единовременно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5415" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009F3122" w:rsidRPr="00C16AFD" w:rsidRDefault="00D62604" w:rsidP="009F3122">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -7463,140 +7572,120 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="007B0440" w:rsidRPr="009F3122" w:rsidRDefault="007B0440" w:rsidP="007B0440">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B26583">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Плата за автоматизированный доступ к торгам через мобильные устройства </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B26583">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>iQUIK</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00B26583">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, QUIK Android </w:t>
             </w:r>
             <w:r w:rsidR="009F3122" w:rsidRPr="00A835F1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="009F3122">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>абонентское обслуживание)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5415" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D62604" w:rsidRDefault="00D62604" w:rsidP="000D668D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007B0440" w:rsidRDefault="006B21BB" w:rsidP="00C16AFD">
+          <w:p w:rsidR="007B0440" w:rsidRDefault="00C541AC" w:rsidP="00C16AFD">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>624</w:t>
+              <w:t>720</w:t>
             </w:r>
             <w:r w:rsidRPr="00B26583">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidR="00D62604" w:rsidRPr="00B26583">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>руб. в месяц</w:t>
             </w:r>
             <w:r w:rsidR="00D62604" w:rsidRPr="00B26583">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (плата взимается за полный месяц вне зависимости от количества дней фактического использования)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00315C5A" w:rsidRPr="00B26583" w:rsidRDefault="00315C5A" w:rsidP="00C16AFD">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -7820,114 +7909,157 @@
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> за каждый рынок</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00516CFB" w:rsidRPr="00B26583" w:rsidTr="00A835F1">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="55" w:type="dxa"/>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00516CFB" w:rsidRPr="00B26583" w:rsidRDefault="009D6ED9" w:rsidP="00A17090">
-[...11 lines deleted...]
-              <w:t>Обосо</w:t>
+          <w:p w:rsidR="00516CFB" w:rsidRPr="00B26583" w:rsidRDefault="002C2977">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D2F3F">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Комиссия Брокера за услуги по обработке поручений (документов)  Клиента в случае ведения </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidR="009D6ED9" w:rsidRPr="00B26583">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>босо</w:t>
             </w:r>
             <w:r w:rsidR="00E41851" w:rsidRPr="00B26583">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">бленный учет имущества Клиента на </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B26583">
+              <w:t>бленн</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ого </w:t>
+            </w:r>
+            <w:r w:rsidR="00E41851" w:rsidRPr="00B26583">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>учет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41851" w:rsidRPr="00B26583">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имущества Клиента на </w:t>
+            </w:r>
+            <w:r w:rsidR="009D6ED9" w:rsidRPr="00B26583">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>сегрегированн</w:t>
             </w:r>
             <w:r w:rsidR="00E41851" w:rsidRPr="00B26583">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ом</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B26583">
+            <w:r w:rsidR="009D6ED9" w:rsidRPr="00B26583">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> счет</w:t>
             </w:r>
             <w:r w:rsidR="00E41851" w:rsidRPr="00B26583">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>е</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B26583">
+            <w:r w:rsidR="009D6ED9" w:rsidRPr="00B26583">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> на фондовом, срочном, валютном рынках ПАО Московская Биржа</w:t>
             </w:r>
             <w:r w:rsidR="00C1736F" w:rsidRPr="00B26583">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B26583">
+            <w:r w:rsidR="009D6ED9" w:rsidRPr="00B26583">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5415" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00516CFB" w:rsidRPr="00B26583" w:rsidRDefault="00A17090" w:rsidP="00AA7AA5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -9360,67 +9492,67 @@
         </w:rPr>
         <w:t>спецброкерском</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002C04C6" w:rsidRPr="00B26583">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> счете в кредитной организации. Клиент возмещает эти расходы в соответствии с тарифами кредитной организации.</w:t>
       </w:r>
       <w:r w:rsidR="007458E2" w:rsidRPr="00B26583">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00531C99" w:rsidRPr="00B26583">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">С тарифами можно ознакомиться на сайте кредитной организации: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00C057F7" w:rsidRPr="00B26583">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>https://www.nsd.ru/tariffs/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C057F7" w:rsidRPr="00B26583">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> , </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="00C057F7" w:rsidRPr="00B26583">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https</w:t>
         </w:r>
         <w:r w:rsidR="00C057F7" w:rsidRPr="00B26583">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>://</w:t>
         </w:r>
         <w:r w:rsidR="00C057F7" w:rsidRPr="00B26583">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>www</w:t>
         </w:r>
         <w:r w:rsidR="00C057F7" w:rsidRPr="00B26583">
           <w:rPr>
@@ -10067,52 +10199,52 @@
     <w:p w:rsidR="00923329" w:rsidRDefault="00923329" w:rsidP="000973B1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00893DC3" w:rsidRPr="00AD46F4" w:rsidRDefault="00893DC3" w:rsidP="000973B1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00893DC3" w:rsidRPr="00AD46F4" w:rsidSect="00EF48B8">
-      <w:headerReference w:type="default" r:id="rId13"/>
-      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="850" w:bottom="284" w:left="1276" w:header="142" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00966A3F" w:rsidRDefault="00966A3F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00966A3F" w:rsidRDefault="00966A3F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
@@ -10125,51 +10257,51 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
@@ -10190,57 +10322,57 @@
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00022355">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00AD26CC" w:rsidRPr="00022355">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00022355">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00B306AF">
+    <w:r w:rsidR="00B73424">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00022355">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00AD26CC" w:rsidRDefault="00AD26CC">
     <w:pPr>
       <w:pStyle w:val="ae"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00966A3F" w:rsidRDefault="00966A3F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
@@ -13710,51 +13842,51 @@
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="30">
     <w:abstractNumId w:val="27"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00533F71"/>
     <w:rsid w:val="00004B80"/>
     <w:rsid w:val="000050A3"/>
     <w:rsid w:val="000054CE"/>
     <w:rsid w:val="0001312D"/>
     <w:rsid w:val="00014D6A"/>
@@ -13850,74 +13982,76 @@
     <w:rsid w:val="002341E7"/>
     <w:rsid w:val="002377F8"/>
     <w:rsid w:val="0024120F"/>
     <w:rsid w:val="0024312B"/>
     <w:rsid w:val="00246552"/>
     <w:rsid w:val="00246A57"/>
     <w:rsid w:val="0025412B"/>
     <w:rsid w:val="0025431E"/>
     <w:rsid w:val="002619DB"/>
     <w:rsid w:val="00263ED9"/>
     <w:rsid w:val="00264DD1"/>
     <w:rsid w:val="00264E06"/>
     <w:rsid w:val="002651C0"/>
     <w:rsid w:val="002836B4"/>
     <w:rsid w:val="0029256D"/>
     <w:rsid w:val="002950FA"/>
     <w:rsid w:val="002A4105"/>
     <w:rsid w:val="002A41DC"/>
     <w:rsid w:val="002A6C01"/>
     <w:rsid w:val="002A79CA"/>
     <w:rsid w:val="002B09C5"/>
     <w:rsid w:val="002B2421"/>
     <w:rsid w:val="002C0292"/>
     <w:rsid w:val="002C04C6"/>
     <w:rsid w:val="002C112C"/>
+    <w:rsid w:val="002C2977"/>
     <w:rsid w:val="002C36DA"/>
     <w:rsid w:val="002C51EF"/>
     <w:rsid w:val="002C73C9"/>
     <w:rsid w:val="002D02D0"/>
     <w:rsid w:val="002D08EE"/>
     <w:rsid w:val="002D1227"/>
     <w:rsid w:val="002F027F"/>
     <w:rsid w:val="002F3CCB"/>
     <w:rsid w:val="003101EA"/>
     <w:rsid w:val="003123D9"/>
     <w:rsid w:val="00315C5A"/>
     <w:rsid w:val="0031738C"/>
     <w:rsid w:val="003219E4"/>
     <w:rsid w:val="003268B7"/>
     <w:rsid w:val="00330DBE"/>
     <w:rsid w:val="003326BE"/>
     <w:rsid w:val="003330C2"/>
     <w:rsid w:val="003333D1"/>
     <w:rsid w:val="003338D2"/>
     <w:rsid w:val="00333F97"/>
     <w:rsid w:val="00344119"/>
     <w:rsid w:val="00346AF7"/>
     <w:rsid w:val="003561F4"/>
     <w:rsid w:val="00357F34"/>
+    <w:rsid w:val="00362C88"/>
     <w:rsid w:val="003672B6"/>
     <w:rsid w:val="00372B5E"/>
     <w:rsid w:val="00373AE6"/>
     <w:rsid w:val="003777A6"/>
     <w:rsid w:val="00380BBB"/>
     <w:rsid w:val="00391147"/>
     <w:rsid w:val="0039134A"/>
     <w:rsid w:val="00393F95"/>
     <w:rsid w:val="0039772F"/>
     <w:rsid w:val="003A123E"/>
     <w:rsid w:val="003A2727"/>
     <w:rsid w:val="003B49AE"/>
     <w:rsid w:val="003B4A76"/>
     <w:rsid w:val="003B4DA1"/>
     <w:rsid w:val="003B6F1A"/>
     <w:rsid w:val="003D633B"/>
     <w:rsid w:val="003D6679"/>
     <w:rsid w:val="003E00C7"/>
     <w:rsid w:val="003F2AE1"/>
     <w:rsid w:val="004024B9"/>
     <w:rsid w:val="0042106E"/>
     <w:rsid w:val="00421199"/>
     <w:rsid w:val="004260E2"/>
     <w:rsid w:val="00426291"/>
     <w:rsid w:val="0042714D"/>
@@ -13998,50 +14132,51 @@
     <w:rsid w:val="00617043"/>
     <w:rsid w:val="00621CA0"/>
     <w:rsid w:val="00626E22"/>
     <w:rsid w:val="006423AB"/>
     <w:rsid w:val="00644522"/>
     <w:rsid w:val="00647C8B"/>
     <w:rsid w:val="00653710"/>
     <w:rsid w:val="00657745"/>
     <w:rsid w:val="00657CA6"/>
     <w:rsid w:val="00665E94"/>
     <w:rsid w:val="006717C8"/>
     <w:rsid w:val="006751F6"/>
     <w:rsid w:val="00680DB6"/>
     <w:rsid w:val="00682291"/>
     <w:rsid w:val="00682A5E"/>
     <w:rsid w:val="0069070A"/>
     <w:rsid w:val="00697F43"/>
     <w:rsid w:val="006A17C6"/>
     <w:rsid w:val="006A3809"/>
     <w:rsid w:val="006A4592"/>
     <w:rsid w:val="006B0FCA"/>
     <w:rsid w:val="006B21BB"/>
     <w:rsid w:val="006B2DE7"/>
     <w:rsid w:val="006C3384"/>
     <w:rsid w:val="006C4F47"/>
+    <w:rsid w:val="006D2F3F"/>
     <w:rsid w:val="006D4A61"/>
     <w:rsid w:val="006D6636"/>
     <w:rsid w:val="006E21FD"/>
     <w:rsid w:val="006E5CC1"/>
     <w:rsid w:val="006E7424"/>
     <w:rsid w:val="006F02BE"/>
     <w:rsid w:val="007074BA"/>
     <w:rsid w:val="00713040"/>
     <w:rsid w:val="007349AB"/>
     <w:rsid w:val="00735EC6"/>
     <w:rsid w:val="0073760D"/>
     <w:rsid w:val="007376AA"/>
     <w:rsid w:val="007419E4"/>
     <w:rsid w:val="007458E2"/>
     <w:rsid w:val="007461BB"/>
     <w:rsid w:val="007503F1"/>
     <w:rsid w:val="00754FD2"/>
     <w:rsid w:val="00761519"/>
     <w:rsid w:val="007668E9"/>
     <w:rsid w:val="00774EFC"/>
     <w:rsid w:val="00785F97"/>
     <w:rsid w:val="007903E5"/>
     <w:rsid w:val="007908EF"/>
     <w:rsid w:val="0079331E"/>
     <w:rsid w:val="00794931"/>
@@ -14057,50 +14192,51 @@
     <w:rsid w:val="007D06EB"/>
     <w:rsid w:val="007D12BF"/>
     <w:rsid w:val="007D1392"/>
     <w:rsid w:val="007D1673"/>
     <w:rsid w:val="007E51F9"/>
     <w:rsid w:val="007E5E46"/>
     <w:rsid w:val="007E64EE"/>
     <w:rsid w:val="00800254"/>
     <w:rsid w:val="008038A5"/>
     <w:rsid w:val="00807AFC"/>
     <w:rsid w:val="008114E4"/>
     <w:rsid w:val="00813C25"/>
     <w:rsid w:val="00814B7F"/>
     <w:rsid w:val="00817C6B"/>
     <w:rsid w:val="008275FA"/>
     <w:rsid w:val="00834F6B"/>
     <w:rsid w:val="00837AE6"/>
     <w:rsid w:val="00841C6D"/>
     <w:rsid w:val="00841CC1"/>
     <w:rsid w:val="0084290F"/>
     <w:rsid w:val="00851D9C"/>
     <w:rsid w:val="00855F60"/>
     <w:rsid w:val="008571A2"/>
     <w:rsid w:val="008603FE"/>
     <w:rsid w:val="00861D5D"/>
+    <w:rsid w:val="00865163"/>
     <w:rsid w:val="008653B0"/>
     <w:rsid w:val="00875866"/>
     <w:rsid w:val="008854E2"/>
     <w:rsid w:val="008874C3"/>
     <w:rsid w:val="00893DC3"/>
     <w:rsid w:val="008A4B96"/>
     <w:rsid w:val="008A4D3C"/>
     <w:rsid w:val="008A4E4A"/>
     <w:rsid w:val="008A5428"/>
     <w:rsid w:val="008B3D16"/>
     <w:rsid w:val="008C1AAA"/>
     <w:rsid w:val="008E3481"/>
     <w:rsid w:val="008F137B"/>
     <w:rsid w:val="00905333"/>
     <w:rsid w:val="00916DAF"/>
     <w:rsid w:val="00921A3B"/>
     <w:rsid w:val="00922E6C"/>
     <w:rsid w:val="00923329"/>
     <w:rsid w:val="00927206"/>
     <w:rsid w:val="0093015C"/>
     <w:rsid w:val="00930E39"/>
     <w:rsid w:val="00932EAE"/>
     <w:rsid w:val="00933719"/>
     <w:rsid w:val="009366C5"/>
     <w:rsid w:val="009400CA"/>
@@ -14166,83 +14302,85 @@
     <w:rsid w:val="00AD26CC"/>
     <w:rsid w:val="00AD5782"/>
     <w:rsid w:val="00AD61E3"/>
     <w:rsid w:val="00AD6A7E"/>
     <w:rsid w:val="00AF35B9"/>
     <w:rsid w:val="00B00CFD"/>
     <w:rsid w:val="00B01AEB"/>
     <w:rsid w:val="00B0492A"/>
     <w:rsid w:val="00B05AF4"/>
     <w:rsid w:val="00B17570"/>
     <w:rsid w:val="00B242C2"/>
     <w:rsid w:val="00B26583"/>
     <w:rsid w:val="00B306AF"/>
     <w:rsid w:val="00B316BE"/>
     <w:rsid w:val="00B3246F"/>
     <w:rsid w:val="00B331A1"/>
     <w:rsid w:val="00B40196"/>
     <w:rsid w:val="00B40F18"/>
     <w:rsid w:val="00B445DB"/>
     <w:rsid w:val="00B535EA"/>
     <w:rsid w:val="00B547C6"/>
     <w:rsid w:val="00B54C32"/>
     <w:rsid w:val="00B610D9"/>
     <w:rsid w:val="00B621A9"/>
     <w:rsid w:val="00B65379"/>
+    <w:rsid w:val="00B73424"/>
     <w:rsid w:val="00B73D90"/>
     <w:rsid w:val="00B768D3"/>
     <w:rsid w:val="00B83815"/>
     <w:rsid w:val="00B847C5"/>
     <w:rsid w:val="00B859F7"/>
     <w:rsid w:val="00B90826"/>
     <w:rsid w:val="00B92C02"/>
     <w:rsid w:val="00B953CC"/>
     <w:rsid w:val="00B96010"/>
     <w:rsid w:val="00BA58AD"/>
     <w:rsid w:val="00BB24D6"/>
     <w:rsid w:val="00BB6DCE"/>
     <w:rsid w:val="00BC1E77"/>
     <w:rsid w:val="00BC2261"/>
     <w:rsid w:val="00BD3B5B"/>
     <w:rsid w:val="00BD3BE0"/>
     <w:rsid w:val="00BE43BE"/>
     <w:rsid w:val="00BF0BE6"/>
     <w:rsid w:val="00BF3C7C"/>
     <w:rsid w:val="00C031EE"/>
     <w:rsid w:val="00C04E66"/>
     <w:rsid w:val="00C057F7"/>
     <w:rsid w:val="00C13F79"/>
     <w:rsid w:val="00C16AFD"/>
     <w:rsid w:val="00C1736F"/>
     <w:rsid w:val="00C219E3"/>
     <w:rsid w:val="00C23825"/>
     <w:rsid w:val="00C23A61"/>
     <w:rsid w:val="00C25CBA"/>
     <w:rsid w:val="00C2746A"/>
     <w:rsid w:val="00C31862"/>
     <w:rsid w:val="00C326EF"/>
     <w:rsid w:val="00C37040"/>
+    <w:rsid w:val="00C541AC"/>
     <w:rsid w:val="00C6072D"/>
     <w:rsid w:val="00C62653"/>
     <w:rsid w:val="00C7266D"/>
     <w:rsid w:val="00C83AFE"/>
     <w:rsid w:val="00C9027D"/>
     <w:rsid w:val="00C94493"/>
     <w:rsid w:val="00C94E0A"/>
     <w:rsid w:val="00C9544D"/>
     <w:rsid w:val="00CA0B6A"/>
     <w:rsid w:val="00CA2A75"/>
     <w:rsid w:val="00CA341A"/>
     <w:rsid w:val="00CA75E2"/>
     <w:rsid w:val="00CB36BF"/>
     <w:rsid w:val="00CB3803"/>
     <w:rsid w:val="00CB52F6"/>
     <w:rsid w:val="00CC146B"/>
     <w:rsid w:val="00CC23D8"/>
     <w:rsid w:val="00CC29E5"/>
     <w:rsid w:val="00CC302E"/>
     <w:rsid w:val="00CD124D"/>
     <w:rsid w:val="00CD3DC9"/>
     <w:rsid w:val="00CD737A"/>
     <w:rsid w:val="00CE5C9C"/>
     <w:rsid w:val="00CE75DA"/>
     <w:rsid w:val="00CE7FC9"/>
@@ -15425,51 +15563,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1979142139">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moex.com/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.raiffeisen.ru/corporate/tariffs/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nsd.ru/tariffs/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.russ-invest.com/investment/depositarium/tariffs/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moex.com/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moex.com/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.russ-invest.com/investment/depositarium/tariffs/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moex.com/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbr.ru/hd_base/KeyRate/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.raiffeisen.ru/corporate/tariffs/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbr.ru/hd_base/KeyRate/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbr.ru/hd_base/KeyRate/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nsd.ru/tariffs/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -15720,87 +15858,87 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2C91C251-B682-444F-AFE1-7A7D0D87E0D9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA165616-64FD-4E1F-B1CD-C2AEF728B2F9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2612</Words>
-  <Characters>16212</Characters>
+  <Words>2665</Words>
+  <Characters>16764</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>135</Lines>
-  <Paragraphs>37</Paragraphs>
+  <Lines>139</Lines>
+  <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ПРИКАЗ № _________</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Russ-Invest</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18787</CharactersWithSpaces>
+  <CharactersWithSpaces>19391</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>65629</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.rts.micex.ru/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6619248</vt:i4>
       </vt:variant>
       <vt:variant>